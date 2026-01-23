--- v0 (2025-10-13)
+++ v1 (2026-01-23)
@@ -12,71 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend history" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Declaration date</t>
   </si>
   <si>
     <t>Ex-Date</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Payment Date</t>
   </si>
   <si>
     <t>Total dividend (USD million)</t>
   </si>
   <si>
     <t>Dividend per share (USD)</t>
   </si>
   <si>
     <t>Dividend per share (NOK)</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>18.11.2025</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
   </si>
   <si>
     <t>22.07.2025</t>
   </si>
   <si>
     <t>18.08.2025</t>
   </si>
   <si>
     <t>19.08.2025</t>
   </si>
   <si>
     <t>26.08.2025</t>
   </si>
   <si>
     <t>23.04.2025</t>
   </si>
   <si>
     <t>29.04.2025</t>
   </si>
   <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>08.05.2025</t>
   </si>
@@ -558,51 +570,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z15"/>
+  <dimension ref="A1:Z16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -637,349 +649,372 @@
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>300</v>
       </c>
       <c r="F2">
         <v>0.12</v>
       </c>
       <c r="G2">
-        <v>1.222</v>
+        <v>1.211</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
         <v>300</v>
       </c>
       <c r="F3">
         <v>0.12</v>
       </c>
       <c r="G3">
-        <v>1.245</v>
+        <v>1.222</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="F4">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="G4">
-        <v>1.213</v>
+        <v>1.245</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5">
         <v>270</v>
       </c>
       <c r="F5">
         <v>0.11</v>
       </c>
       <c r="G5">
-        <v>1.18</v>
+        <v>1.213</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6">
         <v>270</v>
       </c>
       <c r="F6">
         <v>0.11</v>
       </c>
       <c r="G6">
-        <v>1.184</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7" t="s">
         <v>30</v>
       </c>
       <c r="E7">
         <v>270</v>
       </c>
       <c r="F7">
         <v>0.11</v>
       </c>
       <c r="G7">
-        <v>1.192</v>
+        <v>1.184</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8">
         <v>270</v>
       </c>
       <c r="F8">
         <v>0.11</v>
       </c>
       <c r="G8">
-        <v>1.136</v>
+        <v>1.192</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9">
         <v>270</v>
       </c>
       <c r="F9">
         <v>0.11</v>
       </c>
       <c r="G9">
-        <v>1.204</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10">
         <v>270</v>
       </c>
       <c r="F10">
         <v>0.11</v>
       </c>
       <c r="G10">
-        <v>1.091</v>
+        <v>1.204</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>43</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="E11">
         <v>270</v>
       </c>
       <c r="F11">
         <v>0.11</v>
       </c>
       <c r="G11">
-        <v>1.148</v>
+        <v>1.091</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>49</v>
       </c>
       <c r="D12" t="s">
         <v>50</v>
       </c>
       <c r="E12">
-        <v>300</v>
+        <v>270</v>
       </c>
       <c r="F12">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="G12">
-        <v>1.226</v>
+        <v>1.148</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="F13">
         <v>0.12</v>
       </c>
       <c r="G13">
-        <v>1.225</v>
+        <v>1.226</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
         <v>57</v>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="F14">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G14">
-        <v>1.025</v>
+        <v>1.225</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15">
+        <v>260</v>
+      </c>
+      <c r="F15">
+        <v>0.1</v>
+      </c>
+      <c r="G15">
+        <v>1.025</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
+        <v>66</v>
+      </c>
+      <c r="E16">
         <v>225</v>
       </c>
-      <c r="F15">
+      <c r="F16">
         <v>0.09</v>
       </c>
-      <c r="G15">
+      <c r="G16">
         <v>0.827</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>