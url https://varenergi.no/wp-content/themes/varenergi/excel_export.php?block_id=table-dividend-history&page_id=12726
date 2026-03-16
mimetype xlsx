--- v1 (2026-01-23)
+++ v2 (2026-03-16)
@@ -12,71 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend history" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Declaration date</t>
   </si>
   <si>
     <t>Ex-Date</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Payment Date</t>
   </si>
   <si>
     <t>Total dividend (USD million)</t>
   </si>
   <si>
     <t>Dividend per share (USD)</t>
   </si>
   <si>
     <t>Dividend per share (NOK)</t>
+  </si>
+  <si>
+    <t>09.01.2026</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>22.07.2025</t>
   </si>
   <si>
     <t>18.08.2025</t>
   </si>
   <si>
     <t>19.08.2025</t>
   </si>
   <si>
     <t>26.08.2025</t>
   </si>
@@ -570,51 +582,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z16"/>
+  <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -649,372 +661,395 @@
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>300</v>
       </c>
       <c r="F2">
         <v>0.12</v>
       </c>
       <c r="G2">
-        <v>1.211</v>
+        <v>1.209</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
         <v>300</v>
       </c>
       <c r="F3">
         <v>0.12</v>
       </c>
       <c r="G3">
-        <v>1.222</v>
+        <v>1.211</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>300</v>
       </c>
       <c r="F4">
         <v>0.12</v>
       </c>
       <c r="G4">
-        <v>1.245</v>
+        <v>1.222</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="F5">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="G5">
-        <v>1.213</v>
+        <v>1.245</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6">
         <v>270</v>
       </c>
       <c r="F6">
         <v>0.11</v>
       </c>
       <c r="G6">
-        <v>1.18</v>
+        <v>1.213</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7" t="s">
         <v>30</v>
       </c>
       <c r="E7">
         <v>270</v>
       </c>
       <c r="F7">
         <v>0.11</v>
       </c>
       <c r="G7">
-        <v>1.184</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8">
         <v>270</v>
       </c>
       <c r="F8">
         <v>0.11</v>
       </c>
       <c r="G8">
-        <v>1.192</v>
+        <v>1.184</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>38</v>
       </c>
       <c r="E9">
         <v>270</v>
       </c>
       <c r="F9">
         <v>0.11</v>
       </c>
       <c r="G9">
-        <v>1.136</v>
+        <v>1.192</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10">
         <v>270</v>
       </c>
       <c r="F10">
         <v>0.11</v>
       </c>
       <c r="G10">
-        <v>1.204</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>43</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="E11">
         <v>270</v>
       </c>
       <c r="F11">
         <v>0.11</v>
       </c>
       <c r="G11">
-        <v>1.091</v>
+        <v>1.204</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>49</v>
       </c>
       <c r="D12" t="s">
         <v>50</v>
       </c>
       <c r="E12">
         <v>270</v>
       </c>
       <c r="F12">
         <v>0.11</v>
       </c>
       <c r="G12">
-        <v>1.148</v>
+        <v>1.091</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13">
-        <v>300</v>
+        <v>270</v>
       </c>
       <c r="F13">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="G13">
-        <v>1.226</v>
+        <v>1.148</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
         <v>57</v>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="F14">
         <v>0.12</v>
       </c>
       <c r="G14">
-        <v>1.225</v>
+        <v>1.226</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="F15">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="G15">
-        <v>1.025</v>
+        <v>1.225</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16" t="s">
         <v>66</v>
       </c>
       <c r="E16">
+        <v>260</v>
+      </c>
+      <c r="F16">
+        <v>0.1</v>
+      </c>
+      <c r="G16">
+        <v>1.025</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17">
         <v>225</v>
       </c>
-      <c r="F16">
+      <c r="F17">
         <v>0.09</v>
       </c>
-      <c r="G16">
+      <c r="G17">
         <v>0.827</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>