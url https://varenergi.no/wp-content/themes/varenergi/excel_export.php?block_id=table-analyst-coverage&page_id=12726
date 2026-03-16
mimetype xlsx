--- v0 (2025-10-13)
+++ v1 (2026-03-16)
@@ -242,57 +242,57 @@
   <si>
     <t>alejandra.x.magana@jpmchase.com</t>
   </si>
   <si>
     <t>www.jpmorgan.com</t>
   </si>
   <si>
     <t>Kepler Cheuvreux</t>
   </si>
   <si>
     <t>Oscar Rønnov</t>
   </si>
   <si>
     <t>+47 90 21 02 92</t>
   </si>
   <si>
     <t>oronnov@keplercheuvreux.com</t>
   </si>
   <si>
     <t>www.keplercheuvreux.com</t>
   </si>
   <si>
     <t>Nordea</t>
   </si>
   <si>
-    <t>Jørgen Bruaset</t>
-[...5 lines deleted...]
-    <t>jorgen.bruaset@nordea.com</t>
+    <t>Sondre Snersrud</t>
+  </si>
+  <si>
+    <t>+47 90 25 05 11</t>
+  </si>
+  <si>
+    <t>sondre.snersrud@nordea.com</t>
   </si>
   <si>
     <t>www.nordea.com</t>
   </si>
   <si>
     <t>Norne Securities</t>
   </si>
   <si>
     <t>Evelina Sarul</t>
   </si>
   <si>
     <t>+370 645 36 771</t>
   </si>
   <si>
     <t>evelina.sarul@norne.no</t>
   </si>
   <si>
     <t>www.norne.no</t>
   </si>
   <si>
     <t>Pareto Securities</t>
   </si>
   <si>
     <t>Tom Erik Kristiansen</t>
   </si>