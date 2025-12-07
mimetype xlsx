--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,197 +12,242 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Consensus" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>USDm</t>
   </si>
   <si>
-    <t>Q2 2025</t>
+    <t>Q3 2025</t>
   </si>
   <si>
     <t>Total income</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 848</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 9 584</t>
+    <t xml:space="preserve"> 2 118 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8 498 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 9 441 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 9 426 </t>
   </si>
   <si>
     <t>EBITDA</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 458</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 7 782 </t>
+    <t xml:space="preserve"> 1 639 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6 589 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 7 594 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 7 636 </t>
   </si>
   <si>
     <t>EBIT</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 343</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 5 184</t>
+    <t xml:space="preserve"> 906 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 383 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 660 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 808 </t>
   </si>
   <si>
     <t>Profit/loss before income taxes</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 382</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 4 863 </t>
+    <t xml:space="preserve"> 900 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 646 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 397 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 573 </t>
   </si>
   <si>
     <t>Net earnings</t>
   </si>
   <si>
-    <t xml:space="preserve"> 293 </t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> 1 037</t>
+    <t xml:space="preserve"> 179 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1 110 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 951 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978 </t>
   </si>
   <si>
     <t>Production costs (USD/boe)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 11.9</t>
+    <t xml:space="preserve"> 11.4 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 11.6 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 10.5 </t>
   </si>
   <si>
     <t>Capex</t>
   </si>
   <si>
-    <t xml:space="preserve"> 695</t>
-[...8 lines deleted...]
-    <t>2 309</t>
+    <t xml:space="preserve"> 637 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2 634 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2 381 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2 312 </t>
   </si>
   <si>
     <t>Cash flow from operating activities (CFFO)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 988</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 3 738</t>
+    <t xml:space="preserve"> 1 116 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 556 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 118 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3 632 </t>
   </si>
   <si>
     <t>kboepd</t>
   </si>
   <si>
-    <t>Actuals for Q2 2025</t>
+    <t>Actuals for Q3 2025</t>
   </si>
   <si>
     <t>Crude production</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Gas production</t>
   </si>
   <si>
     <t>NGL production</t>
   </si>
   <si>
     <t>Total production</t>
   </si>
   <si>
+    <t xml:space="preserve"> 340 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 389 </t>
+  </si>
+  <si>
     <t>USD/boe</t>
   </si>
   <si>
     <t>Realised crude price</t>
   </si>
   <si>
+    <t xml:space="preserve"> 69 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 67 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 73 </t>
+  </si>
+  <si>
     <t>Realised gas price</t>
   </si>
   <si>
+    <t xml:space="preserve"> 76 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 64 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 54 </t>
+  </si>
+  <si>
     <t>Realised NGL price</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 43 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 41 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 44 </t>
   </si>
   <si>
     <t>Average realised price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -541,52 +586,52 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A19" sqref="A19:Z19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1">
         <v>2025</v>
       </c>
       <c r="D1" s="1">
         <v>2026</v>
       </c>
       <c r="E1" s="1">
         <v>2027</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -666,285 +711,285 @@
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
-      <c r="D6">
-        <v>1026</v>
+      <c r="D6" t="s">
+        <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>10.4</v>
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>10.5</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C10">
         <v>2025</v>
       </c>
       <c r="D10">
         <v>2026</v>
       </c>
       <c r="E10">
         <v>2027</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11">
-        <v>180</v>
+        <v>255</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B13">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B14" s="2">
-        <v>288</v>
-[...8 lines deleted...]
-        <v>381</v>
+        <v>370</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>50</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B16">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B17">
-        <v>79</v>
-[...7 lines deleted...]
-      <c r="E17">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
         <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="B18">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>51</v>
+        <v>39</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="2" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="B19" s="2">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>