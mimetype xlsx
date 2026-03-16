--- v1 (2025-12-07)
+++ v2 (2026-03-16)
@@ -12,242 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Consensus" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>USDm</t>
   </si>
   <si>
-    <t>Q3 2025</t>
+    <t>Q4 2025</t>
   </si>
   <si>
     <t>Total income</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2 118 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 9 426 </t>
+    <t>2 214</t>
+  </si>
+  <si>
+    <t>9 094</t>
+  </si>
+  <si>
+    <t>9 049</t>
+  </si>
+  <si>
+    <t>8 894</t>
   </si>
   <si>
     <t>EBITDA</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 639 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 7 636 </t>
+    <t xml:space="preserve"> 1 750 </t>
+  </si>
+  <si>
+    <t>7 274</t>
+  </si>
+  <si>
+    <t>7 284</t>
+  </si>
+  <si>
+    <t>7 153</t>
   </si>
   <si>
     <t>EBIT</t>
   </si>
   <si>
-    <t xml:space="preserve"> 906 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 4 808 </t>
+    <t>4 062</t>
+  </si>
+  <si>
+    <t>4 294</t>
+  </si>
+  <si>
+    <t>4 364</t>
   </si>
   <si>
     <t>Profit/loss before income taxes</t>
   </si>
   <si>
-    <t xml:space="preserve"> 900 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 4 573 </t>
+    <t>3 789</t>
+  </si>
+  <si>
+    <t>4 006</t>
+  </si>
+  <si>
+    <t>4 104</t>
   </si>
   <si>
     <t>Net earnings</t>
   </si>
   <si>
-    <t xml:space="preserve"> 179 </t>
-[...10 lines deleted...]
-  <si>
     <t>Production costs (USD/boe)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 11.4 </t>
-[...7 lines deleted...]
-  <si>
     <t>Capex</t>
   </si>
   <si>
-    <t xml:space="preserve"> 637 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 2 312 </t>
+    <t>2 434</t>
+  </si>
+  <si>
+    <t>2 310</t>
+  </si>
+  <si>
+    <t>2 241</t>
   </si>
   <si>
     <t>Cash flow from operating activities (CFFO)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1 116 </t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> 3 632 </t>
+    <t>4 351</t>
+  </si>
+  <si>
+    <t>3 893</t>
+  </si>
+  <si>
+    <t>3 652</t>
   </si>
   <si>
     <t>kboepd</t>
   </si>
   <si>
-    <t>Actuals for Q3 2025</t>
+    <t>Actuals for Q4 2025</t>
   </si>
   <si>
     <t>Crude production</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Gas production</t>
   </si>
   <si>
     <t>NGL production</t>
   </si>
   <si>
     <t>Total production</t>
   </si>
   <si>
-    <t xml:space="preserve"> 340 </t>
-[...7 lines deleted...]
-  <si>
     <t>USD/boe</t>
   </si>
   <si>
     <t>Realised crude price</t>
   </si>
   <si>
-    <t xml:space="preserve"> 69 </t>
-[...7 lines deleted...]
-  <si>
     <t>Realised gas price</t>
   </si>
   <si>
-    <t xml:space="preserve"> 76 </t>
-[...7 lines deleted...]
-  <si>
     <t>Realised NGL price</t>
   </si>
   <si>
-    <t xml:space="preserve"> 43 </t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> 44 </t>
+    <t xml:space="preserve"> 42</t>
   </si>
   <si>
     <t>Average realised price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -586,74 +520,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A19" sqref="A19:Z19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D1" s="1">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="E1" s="1">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
@@ -671,325 +605,325 @@
       <c r="E2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4">
+        <v>838</v>
+      </c>
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5">
+        <v>743</v>
+      </c>
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>20</v>
+      </c>
+      <c r="B6">
+        <v>107</v>
+      </c>
+      <c r="C6">
+        <v>818</v>
+      </c>
+      <c r="D6">
+        <v>856</v>
+      </c>
+      <c r="E6">
+        <v>872</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-        <v>30</v>
+        <v>21</v>
+      </c>
+      <c r="B7">
+        <v>10.0</v>
+      </c>
+      <c r="C7">
+        <v>10.1</v>
+      </c>
+      <c r="D7">
+        <v>10.3</v>
       </c>
       <c r="E7">
-        <v>10.6</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>22</v>
+      </c>
+      <c r="B8">
+        <v>663</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="B9">
+        <v>924</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D10">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="E10">
-        <v>2027</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="B11">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B12">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B13">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="2" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B14" s="2">
-        <v>370</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>397</v>
+      </c>
+      <c r="C14" s="2">
+        <v>398</v>
+      </c>
+      <c r="D14" s="2">
+        <v>387</v>
+      </c>
+      <c r="E14" s="2">
+        <v>371</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="B16">
-        <v>69</v>
-[...8 lines deleted...]
-        <v>55</v>
+        <v>63</v>
+      </c>
+      <c r="C16">
+        <v>65</v>
+      </c>
+      <c r="D16">
+        <v>71</v>
+      </c>
+      <c r="E16">
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="B17">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>59</v>
+        <v>63</v>
+      </c>
+      <c r="C17">
+        <v>61</v>
+      </c>
+      <c r="D17">
+        <v>53</v>
+      </c>
+      <c r="E17">
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="B18">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>41</v>
+      </c>
+      <c r="D18">
+        <v>46</v>
+      </c>
+      <c r="E18">
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="2" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="B19" s="2">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>